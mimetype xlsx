--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -6,73 +6,73 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28324"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr filterPrivacy="1" defaultThemeVersion="124226"/>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BEA271F2-44AC-4B35-A375-B2BA648FF9E5}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="14_{252B5C0E-5823-4006-94B1-F6D5D64D4F44}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="435" yWindow="420" windowWidth="28170" windowHeight="21345" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15990" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="EEA Venues" sheetId="1" r:id="rId1"/>
     <sheet name="Other EMEA Venues" sheetId="2" r:id="rId2"/>
     <sheet name="APAC &amp; Americas Venues" sheetId="3" r:id="rId3"/>
     <sheet name="Disclaimer " sheetId="4" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="1">'APAC &amp; Americas Venues'!$A$3:$C$145</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EEA Venues'!$A$11:$E$145</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'EEA Venues'!$A$11:$E$147</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">'Other EMEA Venues'!$A$11:$F$65</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1410" uniqueCount="753">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1420" uniqueCount="756">
   <si>
     <t>MIC</t>
   </si>
   <si>
     <t>XPAC</t>
   </si>
   <si>
     <t>BATP</t>
   </si>
   <si>
     <t>SGMY</t>
   </si>
   <si>
     <t>TRQA</t>
   </si>
   <si>
     <t>MOSE</t>
   </si>
   <si>
     <t>MNSE</t>
   </si>
   <si>
     <t>MCSE</t>
   </si>
   <si>
@@ -2247,90 +2247,99 @@
   <si>
     <t>XNSE</t>
   </si>
   <si>
     <t>NATIONAL STOCK EXCHANGE OF INDIA</t>
   </si>
   <si>
     <t>XPHL</t>
   </si>
   <si>
     <t>NASDAQ OMX PHLX</t>
   </si>
   <si>
     <t>XTK3</t>
   </si>
   <si>
     <t>TOKYO STOCK EXCHANGE - TOSTNET-3</t>
   </si>
   <si>
     <t>XTXD</t>
   </si>
   <si>
     <t>XTX DIRECT</t>
   </si>
   <si>
-    <t>1st October 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>BGEM</t>
   </si>
   <si>
     <t>BORSA ITALIANA GLOBAL EQUITY MARKET</t>
   </si>
   <si>
     <t>OCEA</t>
   </si>
   <si>
     <t>BLUE OCEAN ALTERNATIVE TRADING SYSTEM</t>
   </si>
   <si>
     <t>NEOD</t>
   </si>
   <si>
     <t>NEON</t>
   </si>
   <si>
     <t>CBOE CANADA - NEO-D (DARK)</t>
   </si>
   <si>
     <t>CBOE CANADA - NEO-N (MARKET BY PRICE)</t>
   </si>
   <si>
     <t>CBOE CANADA - MATCHNOW</t>
   </si>
   <si>
     <t>CBOE CANADA - NEO-L (MARKET BY ORDER)</t>
   </si>
   <si>
-    <t>28th November 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>JANE STREET NETHERLANDS B.V.</t>
   </si>
   <si>
     <t>JNSI</t>
+  </si>
+  <si>
+    <t>XPMC</t>
+  </si>
+  <si>
+    <t>EURONEXT - EURONEXT PARIS – MULTI-CURRENCY TRADING</t>
+  </si>
+  <si>
+    <t>XAMC</t>
+  </si>
+  <si>
+    <t>EURONEXT - EURONEXT AMSTERDAM – MULTI-CURRENCY TRADING</t>
+  </si>
+  <si>
+    <t>8th December 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="[$-809]dd\ mmmm\ yyyy;@"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -3195,54 +3204,54 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:E145"/>
+  <dimension ref="A1:E147"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection sqref="A1:E1"/>
+    <sheetView tabSelected="1" topLeftCell="A124" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="B147" sqref="B147"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8.85546875" customWidth="1"/>
     <col min="2" max="2" width="45.85546875" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="26"/>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="28"/>
     </row>
     <row r="2" spans="1:5" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A2" s="20" t="s">
         <v>327</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="22"/>
@@ -4214,1463 +4223,1497 @@
         <v>138</v>
       </c>
       <c r="E62" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="63" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>57</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>232</v>
       </c>
       <c r="C63" s="6" t="s">
         <v>174</v>
       </c>
       <c r="D63" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E63" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="64" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
-        <v>60</v>
+        <v>751</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>236</v>
+        <v>752</v>
       </c>
       <c r="C64" s="6" t="s">
-        <v>234</v>
+        <v>174</v>
       </c>
       <c r="D64" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E64" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C65" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D65" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E65" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="C66" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D66" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E66" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="67" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
       <c r="C67" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D67" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E67" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="68" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>32</v>
+        <v>61</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>202</v>
+        <v>237</v>
       </c>
       <c r="C68" s="6" t="s">
-        <v>203</v>
+        <v>234</v>
       </c>
       <c r="D68" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E68" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="69" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="C69" s="6" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
       <c r="D69" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E69" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="70" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
-        <v>568</v>
+        <v>33</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>567</v>
+        <v>204</v>
       </c>
       <c r="C70" s="6" t="s">
-        <v>554</v>
+        <v>205</v>
       </c>
       <c r="D70" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E70" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="71" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>556</v>
+        <v>567</v>
       </c>
       <c r="C71" s="6" t="s">
         <v>554</v>
       </c>
       <c r="D71" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="72" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
-        <v>62</v>
+        <v>555</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>238</v>
+        <v>556</v>
       </c>
       <c r="C72" s="6" t="s">
-        <v>160</v>
+        <v>554</v>
       </c>
       <c r="D72" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E72" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="73" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="C73" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E73" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="74" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="C74" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D74" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E74" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="75" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
-        <v>603</v>
+        <v>64</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>604</v>
+        <v>240</v>
       </c>
       <c r="C75" s="6" t="s">
-        <v>214</v>
+        <v>160</v>
       </c>
       <c r="D75" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E75" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="76" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A76" s="4" t="s">
-        <v>65</v>
+        <v>603</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>241</v>
+        <v>604</v>
       </c>
       <c r="C76" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D76" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E76" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="77" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A77" s="4" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>671</v>
+        <v>241</v>
       </c>
       <c r="C77" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D77" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E77" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="78" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A78" s="4" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>672</v>
+        <v>671</v>
       </c>
       <c r="C78" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D78" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E78" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="79" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A79" s="4" t="s">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>673</v>
+        <v>672</v>
       </c>
       <c r="C79" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D79" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E79" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="80" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A80" s="4" t="s">
-        <v>358</v>
+        <v>40</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>359</v>
+        <v>673</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D80" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E80" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="81" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A81" s="4" t="s">
-        <v>740</v>
+        <v>358</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>741</v>
+        <v>359</v>
       </c>
       <c r="C81" s="6" t="s">
         <v>214</v>
       </c>
       <c r="D81" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E81" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="82" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A82" s="4" t="s">
-        <v>101</v>
+        <v>739</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>293</v>
+        <v>740</v>
       </c>
       <c r="C82" s="6" t="s">
-        <v>294</v>
+        <v>214</v>
       </c>
       <c r="D82" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E82" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="83" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A83" s="4" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>295</v>
+        <v>293</v>
       </c>
       <c r="C83" s="6" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="D83" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E83" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="84" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A84" s="4" t="s">
-        <v>69</v>
+        <v>102</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>243</v>
+        <v>295</v>
       </c>
       <c r="C84" s="6" t="s">
-        <v>244</v>
+        <v>296</v>
       </c>
       <c r="D84" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E84" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="85" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A85" s="4" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C85" s="6" t="s">
         <v>244</v>
       </c>
       <c r="D85" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E85" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="86" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A86" s="4" t="s">
-        <v>340</v>
+        <v>70</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>341</v>
+        <v>245</v>
       </c>
       <c r="C86" s="6" t="s">
         <v>244</v>
       </c>
       <c r="D86" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E86" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="87" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A87" s="4" t="s">
-        <v>27</v>
+        <v>340</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>192</v>
+        <v>341</v>
       </c>
       <c r="C87" s="6" t="s">
-        <v>193</v>
+        <v>244</v>
       </c>
       <c r="D87" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E87" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="88" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A88" s="4" t="s">
-        <v>34</v>
+        <v>27</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>206</v>
+        <v>192</v>
       </c>
       <c r="C88" s="6" t="s">
         <v>193</v>
       </c>
       <c r="D88" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E88" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="89" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A89" s="4" t="s">
-        <v>356</v>
+        <v>34</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>357</v>
+        <v>206</v>
       </c>
       <c r="C89" s="6" t="s">
         <v>193</v>
       </c>
       <c r="D89" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E89" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="90" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A90" s="4" t="s">
-        <v>46</v>
+        <v>356</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>220</v>
+        <v>357</v>
       </c>
       <c r="C90" s="6" t="s">
-        <v>221</v>
+        <v>193</v>
       </c>
       <c r="D90" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E90" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="91" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A91" s="4" t="s">
-        <v>71</v>
+        <v>46</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>246</v>
+        <v>220</v>
       </c>
       <c r="C91" s="6" t="s">
         <v>221</v>
       </c>
       <c r="D91" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E91" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="92" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A92" s="4" t="s">
-        <v>36</v>
+        <v>71</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>209</v>
+        <v>246</v>
       </c>
       <c r="C92" s="6" t="s">
-        <v>208</v>
+        <v>221</v>
       </c>
       <c r="D92" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E92" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="93" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A93" s="4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>208</v>
       </c>
       <c r="D93" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E93" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="94" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A94" s="4" t="s">
-        <v>47</v>
+        <v>35</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>222</v>
+        <v>207</v>
       </c>
       <c r="C94" s="6" t="s">
-        <v>166</v>
+        <v>208</v>
       </c>
       <c r="D94" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E94" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="95" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A95" s="4" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>166</v>
       </c>
       <c r="D95" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E95" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="96" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A96" s="4" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="C96" s="6" t="s">
         <v>166</v>
       </c>
       <c r="D96" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E96" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="97" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A97" s="4" t="s">
-        <v>668</v>
+        <v>48</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>669</v>
+        <v>223</v>
       </c>
       <c r="C97" s="6" t="s">
         <v>166</v>
       </c>
       <c r="D97" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E97" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A98" s="4" t="s">
-        <v>72</v>
+        <v>668</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>247</v>
+        <v>669</v>
       </c>
       <c r="C98" s="6" t="s">
         <v>166</v>
       </c>
       <c r="D98" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E98" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A99" s="4" t="s">
-        <v>99</v>
+        <v>72</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>290</v>
+        <v>247</v>
       </c>
       <c r="C99" s="6" t="s">
-        <v>249</v>
+        <v>166</v>
       </c>
       <c r="D99" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E99" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A100" s="4" t="s">
-        <v>123</v>
+        <v>99</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>314</v>
+        <v>290</v>
       </c>
       <c r="C100" s="6" t="s">
         <v>249</v>
       </c>
       <c r="D100" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E100" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="101" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A101" s="4" t="s">
-        <v>73</v>
+        <v>123</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>248</v>
+        <v>314</v>
       </c>
       <c r="C101" s="6" t="s">
         <v>249</v>
       </c>
       <c r="D101" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E101" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="102" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A102" s="4" t="s">
-        <v>595</v>
+        <v>73</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>596</v>
+        <v>248</v>
       </c>
       <c r="C102" s="6" t="s">
         <v>249</v>
       </c>
       <c r="D102" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E102" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="103" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A103" s="4" t="s">
-        <v>89</v>
+        <v>753</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>275</v>
+        <v>754</v>
       </c>
       <c r="C103" s="6" t="s">
-        <v>276</v>
+        <v>249</v>
       </c>
       <c r="D103" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E103" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="104" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A104" s="4" t="s">
-        <v>90</v>
+        <v>595</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>277</v>
+        <v>596</v>
       </c>
       <c r="C104" s="6" t="s">
-        <v>278</v>
+        <v>249</v>
       </c>
       <c r="D104" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E104" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="105" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A105" s="4" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="C105" s="6" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D105" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E105" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="106" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A106" s="4" t="s">
-        <v>330</v>
+        <v>90</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>331</v>
+        <v>277</v>
       </c>
       <c r="C106" s="6" t="s">
-        <v>203</v>
+        <v>278</v>
       </c>
       <c r="D106" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E106" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="107" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A107" s="4" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>252</v>
+        <v>279</v>
       </c>
       <c r="C107" s="6" t="s">
-        <v>253</v>
+        <v>280</v>
       </c>
       <c r="D107" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E107" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="108" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A108" s="4" t="s">
-        <v>92</v>
+        <v>330</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>281</v>
+        <v>331</v>
       </c>
       <c r="C108" s="6" t="s">
-        <v>253</v>
+        <v>203</v>
       </c>
       <c r="D108" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E108" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="109" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A109" s="4" t="s">
-        <v>94</v>
+        <v>76</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>283</v>
+        <v>252</v>
       </c>
       <c r="C109" s="6" t="s">
-        <v>284</v>
+        <v>253</v>
       </c>
       <c r="D109" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E109" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="110" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A110" s="4" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C110" s="6" t="s">
-        <v>286</v>
+        <v>253</v>
       </c>
       <c r="D110" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E110" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="111" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A111" s="4" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D111" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E111" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="112" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A112" s="4" t="s">
-        <v>666</v>
+        <v>95</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>667</v>
+        <v>285</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>208</v>
+        <v>286</v>
       </c>
       <c r="D112" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E112" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="113" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A113" s="4" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>289</v>
+        <v>287</v>
       </c>
       <c r="C113" s="6" t="s">
-        <v>208</v>
+        <v>288</v>
       </c>
       <c r="D113" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E113" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="114" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A114" s="4" t="s">
-        <v>336</v>
+        <v>666</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>337</v>
+        <v>667</v>
       </c>
       <c r="C114" s="6" t="s">
         <v>208</v>
       </c>
       <c r="D114" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E114" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="115" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A115" s="4" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="C115" s="6" t="s">
-        <v>166</v>
+        <v>208</v>
       </c>
       <c r="D115" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E115" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="116" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A116" s="4" t="s">
-        <v>98</v>
+        <v>336</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>674</v>
+        <v>337</v>
       </c>
       <c r="C116" s="6" t="s">
-        <v>166</v>
+        <v>208</v>
       </c>
       <c r="D116" s="7" t="s">
         <v>138</v>
       </c>
       <c r="E116" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="117" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A117" s="4" t="s">
-        <v>328</v>
+        <v>93</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>329</v>
+        <v>282</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>249</v>
+        <v>166</v>
       </c>
       <c r="D117" s="7" t="s">
-        <v>362</v>
+        <v>138</v>
       </c>
       <c r="E117" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="118" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A118" s="4" t="s">
-        <v>599</v>
+        <v>98</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>600</v>
+        <v>674</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>249</v>
+        <v>166</v>
       </c>
       <c r="D118" s="7" t="s">
-        <v>362</v>
+        <v>138</v>
       </c>
       <c r="E118" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="119" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A119" s="4" t="s">
-        <v>106</v>
+        <v>328</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>301</v>
+        <v>329</v>
       </c>
       <c r="C119" s="6" t="s">
-        <v>234</v>
+        <v>249</v>
       </c>
       <c r="D119" s="7" t="s">
-        <v>148</v>
+        <v>362</v>
       </c>
       <c r="E119" s="10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="120" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A120" s="4" t="s">
-        <v>105</v>
+        <v>599</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>300</v>
+        <v>600</v>
       </c>
       <c r="C120" s="6" t="s">
-        <v>234</v>
+        <v>249</v>
       </c>
       <c r="D120" s="7" t="s">
-        <v>148</v>
+        <v>362</v>
       </c>
       <c r="E120" s="10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="121" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A121" s="4" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="C121" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D121" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E121" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="122" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A122" s="4" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="C122" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D122" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E122" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="123" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A123" s="4" t="s">
-        <v>601</v>
+        <v>104</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>602</v>
+        <v>299</v>
       </c>
       <c r="C123" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D123" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E123" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="124" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A124" s="4" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>303</v>
+        <v>302</v>
       </c>
       <c r="C124" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D124" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E124" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="125" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A125" s="4" t="s">
-        <v>114</v>
+        <v>601</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>310</v>
+        <v>602</v>
       </c>
       <c r="C125" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D125" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E125" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="126" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A126" s="4" t="s">
-        <v>113</v>
+        <v>108</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="C126" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D126" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E126" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="127" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A127" s="4" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
       <c r="C127" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D127" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E127" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="128" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A128" s="4" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C128" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D128" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E128" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="129" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A129" s="4" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C129" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D129" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E129" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="130" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A130" s="4" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="C130" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D130" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E130" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="131" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A131" s="4" t="s">
-        <v>338</v>
+        <v>109</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>339</v>
+        <v>304</v>
       </c>
       <c r="C131" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D131" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E131" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="132" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A132" s="4" t="s">
-        <v>344</v>
+        <v>110</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>345</v>
+        <v>305</v>
       </c>
       <c r="C132" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D132" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="133" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A133" s="4" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="C133" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D133" s="7" t="s">
         <v>148</v>
       </c>
       <c r="E133" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="134" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A134" s="4" t="s">
-        <v>550</v>
+        <v>344</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>549</v>
+        <v>345</v>
       </c>
       <c r="C134" s="6" t="s">
         <v>234</v>
       </c>
       <c r="D134" s="7" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="E134" s="10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="135" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A135" s="4" t="s">
-        <v>133</v>
+        <v>352</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>323</v>
+        <v>353</v>
       </c>
       <c r="C135" s="6" t="s">
-        <v>174</v>
+        <v>234</v>
       </c>
       <c r="D135" s="7" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="E135" s="10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="136" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A136" s="4" t="s">
-        <v>132</v>
+        <v>550</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>675</v>
+        <v>549</v>
       </c>
       <c r="C136" s="6" t="s">
-        <v>160</v>
+        <v>234</v>
       </c>
       <c r="D136" s="7" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="E136" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="137" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A137" s="4" t="s">
-        <v>354</v>
+        <v>133</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>355</v>
+        <v>323</v>
       </c>
       <c r="C137" s="6" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="D137" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E137" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="138" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A138" s="4" t="s">
-        <v>118</v>
+        <v>132</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>676</v>
+        <v>675</v>
       </c>
       <c r="C138" s="6" t="s">
-        <v>249</v>
+        <v>160</v>
       </c>
       <c r="D138" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E138" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="139" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A139" s="4" t="s">
-        <v>134</v>
+        <v>354</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>677</v>
+        <v>355</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>249</v>
+        <v>160</v>
       </c>
       <c r="D139" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E139" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="140" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A140" s="4" t="s">
-        <v>752</v>
+        <v>118</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>751</v>
+        <v>676</v>
       </c>
       <c r="C140" s="6" t="s">
         <v>249</v>
       </c>
       <c r="D140" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E140" s="10" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="141" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A141" s="4" t="s">
-        <v>332</v>
+        <v>134</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>333</v>
+        <v>677</v>
       </c>
       <c r="C141" s="6" t="s">
-        <v>174</v>
+        <v>249</v>
       </c>
       <c r="D141" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E141" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="142" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A142" s="4" t="s">
-        <v>121</v>
+        <v>750</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>678</v>
+        <v>749</v>
       </c>
       <c r="C142" s="6" t="s">
-        <v>160</v>
+        <v>249</v>
       </c>
       <c r="D142" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E142" s="10" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
     </row>
     <row r="143" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A143" s="4" t="s">
-        <v>351</v>
+        <v>332</v>
       </c>
       <c r="B143" s="5" t="s">
-        <v>679</v>
+        <v>333</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>160</v>
+        <v>174</v>
       </c>
       <c r="D143" s="7" t="s">
         <v>150</v>
       </c>
       <c r="E143" s="10" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="144" spans="1:5" x14ac:dyDescent="0.25">
-      <c r="A144" s="11" t="s">
+      <c r="A144" s="4" t="s">
+        <v>121</v>
+      </c>
+      <c r="B144" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="C144" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D144" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E144" s="10" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A145" s="4" t="s">
+        <v>351</v>
+      </c>
+      <c r="B145" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="C145" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D145" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="E145" s="10" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A146" s="11" t="s">
         <v>334</v>
       </c>
-      <c r="B144" s="12" t="s">
+      <c r="B146" s="12" t="s">
         <v>335</v>
       </c>
-      <c r="C144" s="13" t="s">
+      <c r="C146" s="13" t="s">
         <v>249</v>
       </c>
-      <c r="D144" s="13" t="s">
+      <c r="D146" s="13" t="s">
         <v>150</v>
       </c>
-      <c r="E144" s="14" t="s">
+      <c r="E146" s="14" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="145" spans="1:2" x14ac:dyDescent="0.25">
-      <c r="A145" s="16" t="s">
+    <row r="147" spans="1:5" x14ac:dyDescent="0.25">
+      <c r="A147" s="16" t="s">
         <v>548</v>
       </c>
-      <c r="B145" s="17" t="s">
-        <v>739</v>
+      <c r="B147" s="17" t="s">
+        <v>755</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:E144">
-[...2 lines deleted...]
-    <sortCondition ref="C12:C144"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:E146">
+    <sortCondition ref="D12:D146"/>
+    <sortCondition descending="1" ref="E12:E146"/>
+    <sortCondition ref="C12:C146"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:E66"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:E1"/>
+    <sheetView topLeftCell="A46" workbookViewId="0">
+      <selection activeCell="B66" sqref="B66"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="45.85546875" customWidth="1"/>
     <col min="3" max="3" width="18.5703125" customWidth="1"/>
     <col min="5" max="5" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="26"/>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="28"/>
     </row>
     <row r="2" spans="1:5" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A2" s="20" t="s">
         <v>364</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="21"/>
       <c r="D2" s="21"/>
       <c r="E2" s="22"/>
     </row>
@@ -6678,83 +6721,83 @@
         <v>363</v>
       </c>
     </row>
     <row r="65" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A65" s="11" t="s">
         <v>120</v>
       </c>
       <c r="B65" s="12" t="s">
         <v>312</v>
       </c>
       <c r="C65" s="13" t="s">
         <v>162</v>
       </c>
       <c r="D65" s="13" t="s">
         <v>150</v>
       </c>
       <c r="E65" s="14" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="66" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A66" s="16" t="s">
         <v>548</v>
       </c>
       <c r="B66" s="17" t="s">
-        <v>739</v>
+        <v>755</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A12:E65">
     <sortCondition ref="D12:D65"/>
     <sortCondition descending="1" ref="E12:E65"/>
     <sortCondition ref="C12:C65"/>
   </sortState>
   <mergeCells count="10">
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="B10:E10"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="B7:E7"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="B9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:C145"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection sqref="A1:C1"/>
+    <sheetView topLeftCell="A133" workbookViewId="0">
+      <selection activeCell="B145" sqref="B145"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="2" max="2" width="53.5703125" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="22" bestFit="1" customWidth="1"/>
     <col min="9" max="12" width="9.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="45" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="26"/>
       <c r="B1" s="27"/>
       <c r="C1" s="28"/>
     </row>
     <row r="2" spans="1:3" ht="20.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="20" t="s">
         <v>365</v>
       </c>
       <c r="B2" s="21"/>
       <c r="C2" s="22"/>
     </row>
     <row r="3" spans="1:3" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A3" s="1" t="s">
         <v>0</v>
       </c>
@@ -7375,51 +7418,51 @@
         <v>443</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>444</v>
       </c>
       <c r="C59" s="15" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="60" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A60" s="4" t="s">
         <v>445</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>446</v>
       </c>
       <c r="C60" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="61" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A61" s="4" t="s">
         <v>447</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="C61" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="62" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A62" s="4" t="s">
         <v>448</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>449</v>
       </c>
       <c r="C62" s="15" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="63" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A63" s="4" t="s">
         <v>450</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>692</v>
       </c>
       <c r="C63" s="15" t="s">
         <v>366</v>
@@ -7427,76 +7470,76 @@
     </row>
     <row r="64" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A64" s="4" t="s">
         <v>451</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>452</v>
       </c>
       <c r="C64" s="15" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="65" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A65" s="4" t="s">
         <v>453</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>454</v>
       </c>
       <c r="C65" s="15" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="66" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A66" s="4" t="s">
-        <v>744</v>
+        <v>743</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>746</v>
+        <v>745</v>
       </c>
       <c r="C66" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="67" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A67" s="4" t="s">
         <v>455</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>749</v>
+        <v>748</v>
       </c>
       <c r="C67" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="68" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A68" s="4" t="s">
-        <v>745</v>
+        <v>744</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>747</v>
+        <v>746</v>
       </c>
       <c r="C68" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="69" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A69" s="4" t="s">
         <v>536</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>537</v>
       </c>
       <c r="C69" s="15" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="70" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A70" s="4" t="s">
         <v>718</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>719</v>
       </c>
       <c r="C70" s="15" t="s">
         <v>401</v>
@@ -7504,54 +7547,54 @@
     </row>
     <row r="71" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A71" s="4" t="s">
         <v>538</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>539</v>
       </c>
       <c r="C71" s="15" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="72" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A72" s="4" t="s">
         <v>540</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>541</v>
       </c>
       <c r="C72" s="15" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="73" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A73" s="4" t="s">
+        <v>741</v>
+      </c>
+      <c r="B73" s="5" t="s">
         <v>742</v>
-      </c>
-[...1 lines deleted...]
-        <v>743</v>
       </c>
       <c r="C73" s="15" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="74" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A74" s="4" t="s">
         <v>456</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>457</v>
       </c>
       <c r="C74" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="75" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A75" s="4" t="s">
         <v>635</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>661</v>
       </c>
       <c r="C75" s="15" t="s">
         <v>366</v>
@@ -8299,51 +8342,51 @@
         <v>531</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>532</v>
       </c>
       <c r="C143" s="15" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="144" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A144" s="11" t="s">
         <v>737</v>
       </c>
       <c r="B144" s="12" t="s">
         <v>738</v>
       </c>
       <c r="C144" s="14" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.25">
       <c r="A145" s="16" t="s">
         <v>548</v>
       </c>
       <c r="B145" s="17" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:C145" xr:uid="{585534E2-594F-4453-9622-7B739E2870D4}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:C142">
     <sortCondition ref="C4:C142"/>
     <sortCondition ref="A4:A142"/>
   </sortState>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" horizontalDpi="90" verticalDpi="90" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D8DE42F5-EEBE-4AB8-8827-CB7197FA0DBF}">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>